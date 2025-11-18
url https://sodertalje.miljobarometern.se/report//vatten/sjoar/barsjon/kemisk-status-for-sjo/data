--- v0 (2025-10-03)
+++ v1 (2025-11-18)
@@ -517,71 +517,71 @@
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="2">
         <v>42735</v>
       </c>
       <c r="E3" s="3">
         <v>2016</v>
       </c>
       <c r="F3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
       <c r="C4" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D4" s="2">
         <v>44561</v>
       </c>
       <c r="E4" s="3">
         <v>2021</v>
       </c>
       <c r="F4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D5" s="2">
         <v>44561</v>
       </c>
       <c r="E5" s="3">
         <v>2021</v>
       </c>
       <c r="F5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
         <v>7</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="2">
         <v>42735</v>
       </c>
       <c r="E6" s="3">