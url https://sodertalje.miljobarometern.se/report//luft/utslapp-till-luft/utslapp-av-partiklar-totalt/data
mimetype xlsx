--- v0 (2025-10-03)
+++ v1 (2026-02-17)
@@ -9,98 +9,104 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Sign</t>
   </si>
   <si>
     <t>Measure area</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>Utsläpp av partiklar totalt</t>
   </si>
   <si>
     <t>SE.8.1.4</t>
   </si>
   <si>
     <t>Industri</t>
   </si>
   <si>
     <t>Transporter</t>
   </si>
   <si>
     <t>Arbetsmaskiner</t>
   </si>
   <si>
     <t>Jordbruk</t>
   </si>
   <si>
     <t>Egen uppvärmning</t>
   </si>
   <si>
     <t>El och fjärrvärme</t>
   </si>
   <si>
     <t>Utrikes transporter</t>
   </si>
   <si>
+    <t>Produktanvändning</t>
+  </si>
+  <si>
     <t>Totalt</t>
+  </si>
+  <si>
+    <t>Avfall och avlopp</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <b/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -413,2314 +419,2674 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main">
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" topLeftCell="A1" zoomScaleNormal="100" zoomScaleSheetLayoutView="60" zoomScale="100" view="normal"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="28.00391" customWidth="1"/>
     <col min="2" max="2" width="9.421875" customWidth="1"/>
-    <col min="3" max="3" width="21.42188" customWidth="1"/>
+    <col min="3" max="3" width="22.14063" customWidth="1"/>
     <col min="4" max="4" width="12.71094" customWidth="1"/>
     <col min="5" max="5" width="6.140625" customWidth="1"/>
-    <col min="6" max="6" width="9.28125" customWidth="1"/>
+    <col min="6" max="6" width="12.85156" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customFormat="true" s="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="2">
         <v>33238</v>
       </c>
       <c r="E2" s="3">
         <v>1990</v>
       </c>
       <c r="F2">
-        <v>3288.07</v>
+        <v>11.228084</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="2">
         <v>36891</v>
       </c>
       <c r="E3" s="3">
         <v>2000</v>
       </c>
       <c r="F3">
-        <v>2191.63</v>
+        <v>17.026653</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
       <c r="C4" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="2">
         <v>38717</v>
       </c>
       <c r="E4" s="3">
         <v>2005</v>
       </c>
       <c r="F4">
-        <v>2369.28</v>
+        <v>18.094075</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="2">
         <v>40543</v>
       </c>
       <c r="E5" s="3">
         <v>2010</v>
       </c>
       <c r="F5">
-        <v>2306.55</v>
+        <v>16.167100</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
         <v>7</v>
       </c>
       <c r="C6" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="2">
-        <v>40908</v>
+        <v>42369</v>
       </c>
       <c r="E6" s="3">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="F6">
-        <v>3360.26</v>
+        <v>6.710972</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="2">
-        <v>41274</v>
+        <v>42735</v>
       </c>
       <c r="E7" s="3">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="F7">
-        <v>1608.86</v>
+        <v>6.858518</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>6</v>
       </c>
       <c r="B8" t="s">
         <v>7</v>
       </c>
       <c r="C8" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="2">
-        <v>41639</v>
+        <v>43100</v>
       </c>
       <c r="E8" s="3">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="F8">
-        <v>1938.43</v>
+        <v>6.941352</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>6</v>
       </c>
       <c r="B9" t="s">
         <v>7</v>
       </c>
       <c r="C9" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="2">
-        <v>42004</v>
+        <v>43465</v>
       </c>
       <c r="E9" s="3">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="F9">
-        <v>2055.36</v>
+        <v>6.985071</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>6</v>
       </c>
       <c r="B10" t="s">
         <v>7</v>
       </c>
       <c r="C10" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="2">
-        <v>42369</v>
+        <v>43830</v>
       </c>
       <c r="E10" s="3">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="F10">
-        <v>1711.62</v>
+        <v>6.912505</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>6</v>
       </c>
       <c r="B11" t="s">
         <v>7</v>
       </c>
       <c r="C11" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="2">
-        <v>42735</v>
+        <v>44196</v>
       </c>
       <c r="E11" s="3">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="F11">
-        <v>1582.06</v>
+        <v>6.496304</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>6</v>
       </c>
       <c r="B12" t="s">
         <v>7</v>
       </c>
       <c r="C12" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="2">
-        <v>43100</v>
+        <v>44561</v>
       </c>
       <c r="E12" s="3">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="F12">
-        <v>1440.37</v>
+        <v>8.301741</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>6</v>
       </c>
       <c r="B13" t="s">
         <v>7</v>
       </c>
       <c r="C13" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="2">
-        <v>43465</v>
+        <v>44926</v>
       </c>
       <c r="E13" s="3">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="F13">
-        <v>1307.77</v>
+        <v>8.391404</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>6</v>
       </c>
       <c r="B14" t="s">
         <v>7</v>
       </c>
       <c r="C14" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="2">
-        <v>43830</v>
+        <v>45291</v>
       </c>
       <c r="E14" s="3">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="F14">
-        <v>1497.88</v>
+        <v>8.476545</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>6</v>
       </c>
       <c r="B15" t="s">
         <v>7</v>
       </c>
       <c r="C15" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D15" s="2">
-        <v>44196</v>
+        <v>33238</v>
       </c>
       <c r="E15" s="3">
-        <v>2020</v>
+        <v>1990</v>
       </c>
       <c r="F15">
-        <v>1396.27</v>
+        <v>34.919573</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>6</v>
       </c>
       <c r="B16" t="s">
         <v>7</v>
       </c>
       <c r="C16" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="2">
-        <v>33238</v>
+        <v>36891</v>
       </c>
       <c r="E16" s="3">
-        <v>1990</v>
+        <v>2000</v>
       </c>
       <c r="F16">
-        <v>77587.9</v>
+        <v>32.802217</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>6</v>
       </c>
       <c r="B17" t="s">
         <v>7</v>
       </c>
       <c r="C17" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="2">
-        <v>36891</v>
+        <v>38717</v>
       </c>
       <c r="E17" s="3">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="F17">
-        <v>74122.6</v>
+        <v>30.174329</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>6</v>
       </c>
       <c r="B18" t="s">
         <v>7</v>
       </c>
       <c r="C18" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="2">
-        <v>38717</v>
+        <v>40543</v>
       </c>
       <c r="E18" s="3">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="F18">
-        <v>72617.5</v>
+        <v>23.288336</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>6</v>
       </c>
       <c r="B19" t="s">
         <v>7</v>
       </c>
       <c r="C19" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="2">
-        <v>40543</v>
+        <v>42369</v>
       </c>
       <c r="E19" s="3">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="F19">
-        <v>65469.7</v>
+        <v>19.464555</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>6</v>
       </c>
       <c r="B20" t="s">
         <v>7</v>
       </c>
       <c r="C20" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="2">
-        <v>40908</v>
+        <v>42735</v>
       </c>
       <c r="E20" s="3">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="F20">
-        <v>70746.1</v>
+        <v>18.317457</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>6</v>
       </c>
       <c r="B21" t="s">
         <v>7</v>
       </c>
       <c r="C21" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="2">
-        <v>41274</v>
+        <v>43100</v>
       </c>
       <c r="E21" s="3">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="F21">
-        <v>61704.3</v>
+        <v>15.826211</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>6</v>
       </c>
       <c r="B22" t="s">
         <v>7</v>
       </c>
       <c r="C22" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="2">
-        <v>41639</v>
+        <v>43465</v>
       </c>
       <c r="E22" s="3">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="F22">
-        <v>67719.7</v>
+        <v>15.811489</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>6</v>
       </c>
       <c r="B23" t="s">
         <v>7</v>
       </c>
       <c r="C23" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="2">
-        <v>42004</v>
+        <v>43830</v>
       </c>
       <c r="E23" s="3">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="F23">
-        <v>61819.2</v>
+        <v>14.455123</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>6</v>
       </c>
       <c r="B24" t="s">
         <v>7</v>
       </c>
       <c r="C24" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="2">
-        <v>42369</v>
+        <v>44196</v>
       </c>
       <c r="E24" s="3">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="F24">
-        <v>61450.3</v>
+        <v>13.397190</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>6</v>
       </c>
       <c r="B25" t="s">
         <v>7</v>
       </c>
       <c r="C25" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="2">
-        <v>42735</v>
+        <v>44561</v>
       </c>
       <c r="E25" s="3">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="F25">
-        <v>62142.5</v>
+        <v>13.451062</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>6</v>
       </c>
       <c r="B26" t="s">
         <v>7</v>
       </c>
       <c r="C26" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="2">
-        <v>43100</v>
+        <v>44926</v>
       </c>
       <c r="E26" s="3">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="F26">
-        <v>62338.3</v>
+        <v>12.844005</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>6</v>
       </c>
       <c r="B27" t="s">
         <v>7</v>
       </c>
       <c r="C27" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="2">
-        <v>43465</v>
+        <v>45291</v>
       </c>
       <c r="E27" s="3">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="F27">
-        <v>63515.7</v>
+        <v>11.642625</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>6</v>
       </c>
       <c r="B28" t="s">
         <v>7</v>
       </c>
       <c r="C28" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D28" s="2">
-        <v>43830</v>
+        <v>33238</v>
       </c>
       <c r="E28" s="3">
-        <v>2019</v>
+        <v>1990</v>
       </c>
       <c r="F28">
-        <v>62346.3</v>
+        <v>11.763308</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>6</v>
       </c>
       <c r="B29" t="s">
         <v>7</v>
       </c>
       <c r="C29" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D29" s="2">
-        <v>44196</v>
+        <v>36891</v>
       </c>
       <c r="E29" s="3">
-        <v>2020</v>
+        <v>2000</v>
       </c>
       <c r="F29">
-        <v>58850.8</v>
+        <v>8.596312</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>6</v>
       </c>
       <c r="B30" t="s">
         <v>7</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" s="2">
-        <v>33238</v>
+        <v>38717</v>
       </c>
       <c r="E30" s="3">
-        <v>1990</v>
+        <v>2005</v>
       </c>
       <c r="F30">
-        <v>13761.8</v>
+        <v>6.241825</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>6</v>
       </c>
       <c r="B31" t="s">
         <v>7</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" s="2">
-        <v>36891</v>
+        <v>40543</v>
       </c>
       <c r="E31" s="3">
-        <v>2000</v>
+        <v>2010</v>
       </c>
       <c r="F31">
-        <v>10041.4</v>
+        <v>5.443308</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>6</v>
       </c>
       <c r="B32" t="s">
         <v>7</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" s="2">
-        <v>38717</v>
+        <v>42369</v>
       </c>
       <c r="E32" s="3">
-        <v>2005</v>
+        <v>2015</v>
       </c>
       <c r="F32">
-        <v>7369.42</v>
+        <v>5.684564</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>6</v>
       </c>
       <c r="B33" t="s">
         <v>7</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" s="2">
-        <v>40543</v>
+        <v>42735</v>
       </c>
       <c r="E33" s="3">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="F33">
-        <v>6383.55</v>
+        <v>5.417528</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>6</v>
       </c>
       <c r="B34" t="s">
         <v>7</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" s="2">
-        <v>40908</v>
+        <v>43100</v>
       </c>
       <c r="E34" s="3">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="F34">
-        <v>7070.23</v>
+        <v>5.140991</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>6</v>
       </c>
       <c r="B35" t="s">
         <v>7</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" s="2">
-        <v>41274</v>
+        <v>43465</v>
       </c>
       <c r="E35" s="3">
-        <v>2012</v>
+        <v>2018</v>
       </c>
       <c r="F35">
-        <v>6944.09</v>
+        <v>4.868452</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>6</v>
       </c>
       <c r="B36" t="s">
         <v>7</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" s="2">
-        <v>41639</v>
+        <v>43830</v>
       </c>
       <c r="E36" s="3">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="F36">
-        <v>7340.83</v>
+        <v>4.602288</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>6</v>
       </c>
       <c r="B37" t="s">
         <v>7</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" s="2">
-        <v>42004</v>
+        <v>44196</v>
       </c>
       <c r="E37" s="3">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="F37">
-        <v>7374.04</v>
+        <v>4.315203</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>6</v>
       </c>
       <c r="B38" t="s">
         <v>7</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" s="2">
-        <v>42369</v>
+        <v>44561</v>
       </c>
       <c r="E38" s="3">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="F38">
-        <v>6435.87</v>
+        <v>3.999849</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>6</v>
       </c>
       <c r="B39" t="s">
         <v>7</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" s="2">
-        <v>42735</v>
+        <v>44926</v>
       </c>
       <c r="E39" s="3">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="F39">
-        <v>6169.17</v>
+        <v>3.573138</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>6</v>
       </c>
       <c r="B40" t="s">
         <v>7</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" s="2">
-        <v>43100</v>
+        <v>45291</v>
       </c>
       <c r="E40" s="3">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="F40">
-        <v>5858.92</v>
+        <v>3.094277</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>6</v>
       </c>
       <c r="B41" t="s">
         <v>7</v>
       </c>
       <c r="C41" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D41" s="2">
-        <v>43465</v>
+        <v>33238</v>
       </c>
       <c r="E41" s="3">
-        <v>2018</v>
+        <v>1990</v>
       </c>
       <c r="F41">
-        <v>5506.33</v>
+        <v>1.778756</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>6</v>
       </c>
       <c r="B42" t="s">
         <v>7</v>
       </c>
       <c r="C42" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D42" s="2">
-        <v>43830</v>
+        <v>36891</v>
       </c>
       <c r="E42" s="3">
-        <v>2019</v>
+        <v>2000</v>
       </c>
       <c r="F42">
-        <v>5244.49</v>
+        <v>1.589188</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>6</v>
       </c>
       <c r="B43" t="s">
         <v>7</v>
       </c>
       <c r="C43" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D43" s="2">
-        <v>44196</v>
+        <v>38717</v>
       </c>
       <c r="E43" s="3">
-        <v>2020</v>
+        <v>2005</v>
       </c>
       <c r="F43">
-        <v>4985.74</v>
+        <v>1.180867</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>6</v>
       </c>
       <c r="B44" t="s">
         <v>7</v>
       </c>
       <c r="C44" t="s">
         <v>11</v>
       </c>
       <c r="D44" s="2">
-        <v>33238</v>
+        <v>40543</v>
       </c>
       <c r="E44" s="3">
-        <v>1990</v>
+        <v>2010</v>
       </c>
       <c r="F44">
-        <v>1876.47</v>
+        <v>1.112146</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>6</v>
       </c>
       <c r="B45" t="s">
         <v>7</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45" s="2">
-        <v>36891</v>
+        <v>42369</v>
       </c>
       <c r="E45" s="3">
-        <v>2000</v>
+        <v>2015</v>
       </c>
       <c r="F45">
-        <v>1834.98</v>
+        <v>1.164009</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>6</v>
       </c>
       <c r="B46" t="s">
         <v>7</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" s="2">
-        <v>38717</v>
+        <v>42735</v>
       </c>
       <c r="E46" s="3">
-        <v>2005</v>
+        <v>2016</v>
       </c>
       <c r="F46">
-        <v>1377.56</v>
+        <v>1.146257</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>6</v>
       </c>
       <c r="B47" t="s">
         <v>7</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" s="2">
-        <v>40543</v>
+        <v>43100</v>
       </c>
       <c r="E47" s="3">
-        <v>2010</v>
+        <v>2017</v>
       </c>
       <c r="F47">
-        <v>1288.51</v>
+        <v>1.144421</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>6</v>
       </c>
       <c r="B48" t="s">
         <v>7</v>
       </c>
       <c r="C48" t="s">
         <v>11</v>
       </c>
       <c r="D48" s="2">
-        <v>40908</v>
+        <v>43465</v>
       </c>
       <c r="E48" s="3">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="F48">
-        <v>1308.85</v>
+        <v>1.129115</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>6</v>
       </c>
       <c r="B49" t="s">
         <v>7</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" s="2">
-        <v>41274</v>
+        <v>43830</v>
       </c>
       <c r="E49" s="3">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="F49">
-        <v>1345.43</v>
+        <v>1.112807</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>6</v>
       </c>
       <c r="B50" t="s">
         <v>7</v>
       </c>
       <c r="C50" t="s">
         <v>11</v>
       </c>
       <c r="D50" s="2">
-        <v>41639</v>
+        <v>44196</v>
       </c>
       <c r="E50" s="3">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="F50">
-        <v>1335.5</v>
+        <v>1.162535</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>6</v>
       </c>
       <c r="B51" t="s">
         <v>7</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" s="2">
-        <v>42004</v>
+        <v>44561</v>
       </c>
       <c r="E51" s="3">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="F51">
-        <v>1350.04</v>
+        <v>1.165423</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>6</v>
       </c>
       <c r="B52" t="s">
         <v>7</v>
       </c>
       <c r="C52" t="s">
         <v>11</v>
       </c>
       <c r="D52" s="2">
-        <v>42369</v>
+        <v>44926</v>
       </c>
       <c r="E52" s="3">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="F52">
-        <v>1363.58</v>
+        <v>1.132837</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>6</v>
       </c>
       <c r="B53" t="s">
         <v>7</v>
       </c>
       <c r="C53" t="s">
         <v>11</v>
       </c>
       <c r="D53" s="2">
-        <v>42735</v>
+        <v>45291</v>
       </c>
       <c r="E53" s="3">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="F53">
-        <v>1364.73</v>
+        <v>1.158474</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>6</v>
       </c>
       <c r="B54" t="s">
         <v>7</v>
       </c>
       <c r="C54" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D54" s="2">
-        <v>43100</v>
+        <v>33238</v>
       </c>
       <c r="E54" s="3">
-        <v>2017</v>
+        <v>1990</v>
       </c>
       <c r="F54">
-        <v>1489.59</v>
+        <v>51.664330</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>6</v>
       </c>
       <c r="B55" t="s">
         <v>7</v>
       </c>
       <c r="C55" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D55" s="2">
-        <v>43465</v>
+        <v>36891</v>
       </c>
       <c r="E55" s="3">
-        <v>2018</v>
+        <v>2000</v>
       </c>
       <c r="F55">
-        <v>1645.97</v>
+        <v>37.165419</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>6</v>
       </c>
       <c r="B56" t="s">
         <v>7</v>
       </c>
       <c r="C56" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D56" s="2">
-        <v>43830</v>
+        <v>38717</v>
       </c>
       <c r="E56" s="3">
-        <v>2019</v>
+        <v>2005</v>
       </c>
       <c r="F56">
-        <v>1684.21</v>
+        <v>34.178842</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>6</v>
       </c>
       <c r="B57" t="s">
         <v>7</v>
       </c>
       <c r="C57" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D57" s="2">
-        <v>44196</v>
+        <v>40543</v>
       </c>
       <c r="E57" s="3">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="F57">
-        <v>1453.78</v>
+        <v>30.634970</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>6</v>
       </c>
       <c r="B58" t="s">
         <v>7</v>
       </c>
       <c r="C58" t="s">
         <v>12</v>
       </c>
       <c r="D58" s="2">
-        <v>33238</v>
+        <v>42369</v>
       </c>
       <c r="E58" s="3">
-        <v>1990</v>
+        <v>2015</v>
       </c>
       <c r="F58">
-        <v>51664.3</v>
+        <v>23.582596</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>6</v>
       </c>
       <c r="B59" t="s">
         <v>7</v>
       </c>
       <c r="C59" t="s">
         <v>12</v>
       </c>
       <c r="D59" s="2">
-        <v>36891</v>
+        <v>42735</v>
       </c>
       <c r="E59" s="3">
-        <v>2000</v>
+        <v>2016</v>
       </c>
       <c r="F59">
-        <v>37165.4</v>
+        <v>23.749934</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>6</v>
       </c>
       <c r="B60" t="s">
         <v>7</v>
       </c>
       <c r="C60" t="s">
         <v>12</v>
       </c>
       <c r="D60" s="2">
-        <v>38717</v>
+        <v>43100</v>
       </c>
       <c r="E60" s="3">
-        <v>2005</v>
+        <v>2017</v>
       </c>
       <c r="F60">
-        <v>34178.8</v>
+        <v>23.454125</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>6</v>
       </c>
       <c r="B61" t="s">
         <v>7</v>
       </c>
       <c r="C61" t="s">
         <v>12</v>
       </c>
       <c r="D61" s="2">
-        <v>40543</v>
+        <v>43465</v>
       </c>
       <c r="E61" s="3">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="F61">
-        <v>30650.3</v>
+        <v>20.143563</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>6</v>
       </c>
       <c r="B62" t="s">
         <v>7</v>
       </c>
       <c r="C62" t="s">
         <v>12</v>
       </c>
       <c r="D62" s="2">
-        <v>40908</v>
+        <v>43830</v>
       </c>
       <c r="E62" s="3">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="F62">
-        <v>30175.5</v>
+        <v>19.573805</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>6</v>
       </c>
       <c r="B63" t="s">
         <v>7</v>
       </c>
       <c r="C63" t="s">
         <v>12</v>
       </c>
       <c r="D63" s="2">
-        <v>41274</v>
+        <v>44196</v>
       </c>
       <c r="E63" s="3">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="F63">
-        <v>28569.5</v>
+        <v>18.598457</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>6</v>
       </c>
       <c r="B64" t="s">
         <v>7</v>
       </c>
       <c r="C64" t="s">
         <v>12</v>
       </c>
       <c r="D64" s="2">
-        <v>41639</v>
+        <v>44561</v>
       </c>
       <c r="E64" s="3">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="F64">
-        <v>26610.8</v>
+        <v>18.848653</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>6</v>
       </c>
       <c r="B65" t="s">
         <v>7</v>
       </c>
       <c r="C65" t="s">
         <v>12</v>
       </c>
       <c r="D65" s="2">
-        <v>42004</v>
+        <v>44926</v>
       </c>
       <c r="E65" s="3">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="F65">
-        <v>24320.3</v>
+        <v>16.891244</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>6</v>
       </c>
       <c r="B66" t="s">
         <v>7</v>
       </c>
       <c r="C66" t="s">
         <v>12</v>
       </c>
       <c r="D66" s="2">
-        <v>42369</v>
+        <v>45291</v>
       </c>
       <c r="E66" s="3">
-        <v>2015</v>
+        <v>2023</v>
       </c>
       <c r="F66">
-        <v>23604.4</v>
+        <v>16.453523</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>6</v>
       </c>
       <c r="B67" t="s">
         <v>7</v>
       </c>
       <c r="C67" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D67" s="2">
-        <v>42735</v>
+        <v>33238</v>
       </c>
       <c r="E67" s="3">
-        <v>2016</v>
+        <v>1990</v>
       </c>
       <c r="F67">
-        <v>23769.8</v>
+        <v>113.736305</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>6</v>
       </c>
       <c r="B68" t="s">
         <v>7</v>
       </c>
       <c r="C68" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D68" s="2">
-        <v>43100</v>
+        <v>36891</v>
       </c>
       <c r="E68" s="3">
-        <v>2017</v>
+        <v>2000</v>
       </c>
       <c r="F68">
-        <v>23449.6</v>
+        <v>93.132804</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>6</v>
       </c>
       <c r="B69" t="s">
         <v>7</v>
       </c>
       <c r="C69" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D69" s="2">
-        <v>43465</v>
+        <v>38717</v>
       </c>
       <c r="E69" s="3">
-        <v>2018</v>
+        <v>2005</v>
       </c>
       <c r="F69">
-        <v>20093.2</v>
+        <v>67.820451</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>6</v>
       </c>
       <c r="B70" t="s">
         <v>7</v>
       </c>
       <c r="C70" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D70" s="2">
-        <v>43830</v>
+        <v>40543</v>
       </c>
       <c r="E70" s="3">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="F70">
-        <v>19119.5</v>
+        <v>97.965526</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>6</v>
       </c>
       <c r="B71" t="s">
         <v>7</v>
       </c>
       <c r="C71" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D71" s="2">
-        <v>44196</v>
+        <v>42369</v>
       </c>
       <c r="E71" s="3">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="F71">
-        <v>18813.3</v>
+        <v>41.765184</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>6</v>
       </c>
       <c r="B72" t="s">
         <v>7</v>
       </c>
       <c r="C72" t="s">
         <v>13</v>
       </c>
       <c r="D72" s="2">
-        <v>33238</v>
+        <v>42735</v>
       </c>
       <c r="E72" s="3">
-        <v>1990</v>
+        <v>2016</v>
       </c>
       <c r="F72">
-        <v>113736</v>
+        <v>44.048223</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>6</v>
       </c>
       <c r="B73" t="s">
         <v>7</v>
       </c>
       <c r="C73" t="s">
         <v>13</v>
       </c>
       <c r="D73" s="2">
-        <v>36891</v>
+        <v>43100</v>
       </c>
       <c r="E73" s="3">
-        <v>2000</v>
+        <v>2017</v>
       </c>
       <c r="F73">
-        <v>93132.8</v>
+        <v>45.604146</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>6</v>
       </c>
       <c r="B74" t="s">
         <v>7</v>
       </c>
       <c r="C74" t="s">
         <v>13</v>
       </c>
       <c r="D74" s="2">
-        <v>38717</v>
+        <v>43465</v>
       </c>
       <c r="E74" s="3">
-        <v>2005</v>
+        <v>2018</v>
       </c>
       <c r="F74">
-        <v>68006.7</v>
+        <v>31.317420</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>6</v>
       </c>
       <c r="B75" t="s">
         <v>7</v>
       </c>
       <c r="C75" t="s">
         <v>13</v>
       </c>
       <c r="D75" s="2">
-        <v>40543</v>
+        <v>43830</v>
       </c>
       <c r="E75" s="3">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="F75">
-        <v>98655.1</v>
+        <v>17.905322</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>6</v>
       </c>
       <c r="B76" t="s">
         <v>7</v>
       </c>
       <c r="C76" t="s">
         <v>13</v>
       </c>
       <c r="D76" s="2">
-        <v>40908</v>
+        <v>44196</v>
       </c>
       <c r="E76" s="3">
-        <v>2011</v>
+        <v>2020</v>
       </c>
       <c r="F76">
-        <v>84001.5</v>
+        <v>24.757965</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>6</v>
       </c>
       <c r="B77" t="s">
         <v>7</v>
       </c>
       <c r="C77" t="s">
         <v>13</v>
       </c>
       <c r="D77" s="2">
-        <v>41274</v>
+        <v>44561</v>
       </c>
       <c r="E77" s="3">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="F77">
-        <v>77615.7</v>
+        <v>32.951227</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>6</v>
       </c>
       <c r="B78" t="s">
         <v>7</v>
       </c>
       <c r="C78" t="s">
         <v>13</v>
       </c>
       <c r="D78" s="2">
-        <v>41639</v>
+        <v>44926</v>
       </c>
       <c r="E78" s="3">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="F78">
-        <v>65371.6</v>
+        <v>31.052215</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>6</v>
       </c>
       <c r="B79" t="s">
         <v>7</v>
       </c>
       <c r="C79" t="s">
         <v>13</v>
       </c>
       <c r="D79" s="2">
-        <v>42004</v>
+        <v>45291</v>
       </c>
       <c r="E79" s="3">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="F79">
-        <v>55777.2</v>
+        <v>30.243104</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>6</v>
       </c>
       <c r="B80" t="s">
         <v>7</v>
       </c>
       <c r="C80" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D80" s="2">
-        <v>42369</v>
+        <v>33238</v>
       </c>
       <c r="E80" s="3">
-        <v>2015</v>
+        <v>1990</v>
       </c>
       <c r="F80">
-        <v>42360.3</v>
+        <v>6.478362</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>6</v>
       </c>
       <c r="B81" t="s">
         <v>7</v>
       </c>
       <c r="C81" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D81" s="2">
-        <v>42735</v>
+        <v>36891</v>
       </c>
       <c r="E81" s="3">
-        <v>2016</v>
+        <v>2000</v>
       </c>
       <c r="F81">
-        <v>44659.2</v>
+        <v>6.731749</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>6</v>
       </c>
       <c r="B82" t="s">
         <v>7</v>
       </c>
       <c r="C82" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D82" s="2">
-        <v>43100</v>
+        <v>38717</v>
       </c>
       <c r="E82" s="3">
-        <v>2017</v>
+        <v>2005</v>
       </c>
       <c r="F82">
-        <v>46389</v>
+        <v>3.767480</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>6</v>
       </c>
       <c r="B83" t="s">
         <v>7</v>
       </c>
       <c r="C83" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D83" s="2">
-        <v>43465</v>
+        <v>40543</v>
       </c>
       <c r="E83" s="3">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="F83">
-        <v>32035.7</v>
+        <v>2.627391</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>6</v>
       </c>
       <c r="B84" t="s">
         <v>7</v>
       </c>
       <c r="C84" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D84" s="2">
-        <v>43830</v>
+        <v>42369</v>
       </c>
       <c r="E84" s="3">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="F84">
-        <v>18674.8</v>
+        <v>1.904194</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>6</v>
       </c>
       <c r="B85" t="s">
         <v>7</v>
       </c>
       <c r="C85" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D85" s="2">
-        <v>44196</v>
+        <v>42735</v>
       </c>
       <c r="E85" s="3">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="F85">
-        <v>41708.2</v>
+        <v>2.299493</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>6</v>
       </c>
       <c r="B86" t="s">
         <v>7</v>
       </c>
       <c r="C86" t="s">
         <v>14</v>
       </c>
       <c r="D86" s="2">
-        <v>33238</v>
+        <v>43100</v>
       </c>
       <c r="E86" s="3">
-        <v>1990</v>
+        <v>2017</v>
       </c>
       <c r="F86">
-        <v>6594.85</v>
+        <v>2.506932</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>6</v>
       </c>
       <c r="B87" t="s">
         <v>7</v>
       </c>
       <c r="C87" t="s">
         <v>14</v>
       </c>
       <c r="D87" s="2">
-        <v>36891</v>
+        <v>43465</v>
       </c>
       <c r="E87" s="3">
-        <v>2000</v>
+        <v>2018</v>
       </c>
       <c r="F87">
-        <v>6594.85</v>
+        <v>2.696094</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>6</v>
       </c>
       <c r="B88" t="s">
         <v>7</v>
       </c>
       <c r="C88" t="s">
         <v>14</v>
       </c>
       <c r="D88" s="2">
-        <v>38717</v>
+        <v>43830</v>
       </c>
       <c r="E88" s="3">
-        <v>2005</v>
+        <v>2019</v>
       </c>
       <c r="F88">
-        <v>3297.43</v>
+        <v>2.607243</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>6</v>
       </c>
       <c r="B89" t="s">
         <v>7</v>
       </c>
       <c r="C89" t="s">
         <v>14</v>
       </c>
       <c r="D89" s="2">
-        <v>40543</v>
+        <v>44196</v>
       </c>
       <c r="E89" s="3">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="F89">
-        <v>3324.73</v>
+        <v>1.789276</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>6</v>
       </c>
       <c r="B90" t="s">
         <v>7</v>
       </c>
       <c r="C90" t="s">
         <v>14</v>
       </c>
       <c r="D90" s="2">
-        <v>40908</v>
+        <v>44561</v>
       </c>
       <c r="E90" s="3">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="F90">
-        <v>3594.58</v>
+        <v>2.071372</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>6</v>
       </c>
       <c r="B91" t="s">
         <v>7</v>
       </c>
       <c r="C91" t="s">
         <v>14</v>
       </c>
       <c r="D91" s="2">
-        <v>41274</v>
+        <v>44926</v>
       </c>
       <c r="E91" s="3">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="F91">
-        <v>3917.49</v>
+        <v>2.227633</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>6</v>
       </c>
       <c r="B92" t="s">
         <v>7</v>
       </c>
       <c r="C92" t="s">
         <v>14</v>
       </c>
       <c r="D92" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E92" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F92">
-        <v>2964.7</v>
+        <v>2.340968</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>6</v>
       </c>
       <c r="B93" t="s">
         <v>7</v>
       </c>
       <c r="C93" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D93" s="2">
-        <v>42004</v>
+        <v>33238</v>
       </c>
       <c r="E93" s="3">
-        <v>2014</v>
+        <v>1990</v>
       </c>
       <c r="F93">
-        <v>3010.32</v>
+        <v>2.395130</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>6</v>
       </c>
       <c r="B94" t="s">
         <v>7</v>
       </c>
       <c r="C94" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D94" s="2">
-        <v>42369</v>
+        <v>36891</v>
       </c>
       <c r="E94" s="3">
-        <v>2015</v>
+        <v>2000</v>
       </c>
       <c r="F94">
-        <v>3332.9</v>
+        <v>2.439010</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>6</v>
       </c>
       <c r="B95" t="s">
         <v>7</v>
       </c>
       <c r="C95" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D95" s="2">
-        <v>42735</v>
+        <v>38717</v>
       </c>
       <c r="E95" s="3">
-        <v>2016</v>
+        <v>2005</v>
       </c>
       <c r="F95">
-        <v>3474.62</v>
+        <v>2.362933</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>6</v>
       </c>
       <c r="B96" t="s">
         <v>7</v>
       </c>
       <c r="C96" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D96" s="2">
-        <v>43100</v>
+        <v>40543</v>
       </c>
       <c r="E96" s="3">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="F96">
-        <v>4346.03</v>
+        <v>1.788152</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>6</v>
       </c>
       <c r="B97" t="s">
         <v>7</v>
       </c>
       <c r="C97" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D97" s="2">
-        <v>43465</v>
+        <v>42369</v>
       </c>
       <c r="E97" s="3">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="F97">
-        <v>4625.92</v>
+        <v>1.646947</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>6</v>
       </c>
       <c r="B98" t="s">
         <v>7</v>
       </c>
       <c r="C98" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D98" s="2">
-        <v>43830</v>
+        <v>42735</v>
       </c>
       <c r="E98" s="3">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="F98">
-        <v>4502.9</v>
+        <v>1.632123</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>6</v>
       </c>
       <c r="B99" t="s">
         <v>7</v>
       </c>
       <c r="C99" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D99" s="2">
-        <v>44196</v>
+        <v>43100</v>
       </c>
       <c r="E99" s="3">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="F99">
-        <v>4996.77</v>
+        <v>1.551344</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>6</v>
       </c>
       <c r="B100" t="s">
         <v>7</v>
       </c>
       <c r="C100" t="s">
         <v>15</v>
       </c>
       <c r="D100" s="2">
-        <v>33238</v>
+        <v>43465</v>
       </c>
       <c r="E100" s="3">
-        <v>1990</v>
+        <v>2018</v>
       </c>
       <c r="F100">
-        <v>274554</v>
+        <v>1.470628</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>6</v>
       </c>
       <c r="B101" t="s">
         <v>7</v>
       </c>
       <c r="C101" t="s">
         <v>15</v>
       </c>
       <c r="D101" s="2">
-        <v>36891</v>
+        <v>43830</v>
       </c>
       <c r="E101" s="3">
-        <v>2000</v>
+        <v>2019</v>
       </c>
       <c r="F101">
-        <v>231060</v>
+        <v>1.438748</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>6</v>
       </c>
       <c r="B102" t="s">
         <v>7</v>
       </c>
       <c r="C102" t="s">
         <v>15</v>
       </c>
       <c r="D102" s="2">
-        <v>38717</v>
+        <v>44196</v>
       </c>
       <c r="E102" s="3">
-        <v>2005</v>
+        <v>2020</v>
       </c>
       <c r="F102">
-        <v>194916</v>
+        <v>1.237336</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>6</v>
       </c>
       <c r="B103" t="s">
         <v>7</v>
       </c>
       <c r="C103" t="s">
         <v>15</v>
       </c>
       <c r="D103" s="2">
-        <v>40543</v>
+        <v>44561</v>
       </c>
       <c r="E103" s="3">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="F103">
-        <v>213241</v>
+        <v>1.076796</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>6</v>
       </c>
       <c r="B104" t="s">
         <v>7</v>
       </c>
       <c r="C104" t="s">
         <v>15</v>
       </c>
       <c r="D104" s="2">
-        <v>40908</v>
+        <v>44926</v>
       </c>
       <c r="E104" s="3">
-        <v>2011</v>
+        <v>2022</v>
       </c>
       <c r="F104">
-        <v>207928</v>
+        <v>1.498229</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>6</v>
       </c>
       <c r="B105" t="s">
         <v>7</v>
       </c>
       <c r="C105" t="s">
         <v>15</v>
       </c>
       <c r="D105" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E105" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F105">
-        <v>189289</v>
+        <v>1.302735</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>6</v>
       </c>
       <c r="B106" t="s">
         <v>7</v>
       </c>
       <c r="C106" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D106" s="2">
-        <v>41639</v>
+        <v>33238</v>
       </c>
       <c r="E106" s="3">
-        <v>2013</v>
+        <v>1990</v>
       </c>
       <c r="F106">
-        <v>181030</v>
+        <v>240.689764</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>6</v>
       </c>
       <c r="B107" t="s">
         <v>7</v>
       </c>
       <c r="C107" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D107" s="2">
-        <v>42004</v>
+        <v>36891</v>
       </c>
       <c r="E107" s="3">
-        <v>2014</v>
+        <v>2000</v>
       </c>
       <c r="F107">
-        <v>162496</v>
+        <v>206.123896</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>6</v>
       </c>
       <c r="B108" t="s">
         <v>7</v>
       </c>
       <c r="C108" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D108" s="2">
-        <v>42369</v>
+        <v>38717</v>
       </c>
       <c r="E108" s="3">
-        <v>2015</v>
+        <v>2005</v>
       </c>
       <c r="F108">
-        <v>144634</v>
+        <v>170.350961</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>6</v>
       </c>
       <c r="B109" t="s">
         <v>7</v>
       </c>
       <c r="C109" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D109" s="2">
-        <v>42735</v>
+        <v>40543</v>
       </c>
       <c r="E109" s="3">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="F109">
-        <v>148411</v>
+        <v>185.264079</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>6</v>
       </c>
       <c r="B110" t="s">
         <v>7</v>
       </c>
       <c r="C110" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D110" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E110" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F110">
-        <v>150379</v>
+        <v>106.961870</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>6</v>
       </c>
       <c r="B111" t="s">
         <v>7</v>
       </c>
       <c r="C111" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D111" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E111" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F111">
-        <v>136909</v>
+        <v>110.211728</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>6</v>
       </c>
       <c r="B112" t="s">
         <v>7</v>
       </c>
       <c r="C112" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D112" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E112" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F112">
-        <v>118040</v>
+        <v>108.738348</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>6</v>
       </c>
       <c r="B113" t="s">
         <v>7</v>
       </c>
       <c r="C113" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D113" s="2">
+        <v>43465</v>
+      </c>
+      <c r="E113" s="3">
+        <v>2018</v>
+      </c>
+      <c r="F113">
+        <v>91.144269</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>6</v>
+      </c>
+      <c r="B114" t="s">
+        <v>7</v>
+      </c>
+      <c r="C114" t="s">
+        <v>16</v>
+      </c>
+      <c r="D114" s="2">
+        <v>43830</v>
+      </c>
+      <c r="E114" s="3">
+        <v>2019</v>
+      </c>
+      <c r="F114">
+        <v>75.140994</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>6</v>
+      </c>
+      <c r="B115" t="s">
+        <v>7</v>
+      </c>
+      <c r="C115" t="s">
+        <v>16</v>
+      </c>
+      <c r="D115" s="2">
         <v>44196</v>
       </c>
-      <c r="E113" s="3">
+      <c r="E115" s="3">
         <v>2020</v>
       </c>
-      <c r="F113">
-        <v>136848</v>
+      <c r="F115">
+        <v>78.141116</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>6</v>
+      </c>
+      <c r="B116" t="s">
+        <v>7</v>
+      </c>
+      <c r="C116" t="s">
+        <v>16</v>
+      </c>
+      <c r="D116" s="2">
+        <v>44561</v>
+      </c>
+      <c r="E116" s="3">
+        <v>2021</v>
+      </c>
+      <c r="F116">
+        <v>88.485559</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>6</v>
+      </c>
+      <c r="B117" t="s">
+        <v>7</v>
+      </c>
+      <c r="C117" t="s">
+        <v>16</v>
+      </c>
+      <c r="D117" s="2">
+        <v>44926</v>
+      </c>
+      <c r="E117" s="3">
+        <v>2022</v>
+      </c>
+      <c r="F117">
+        <v>83.820492</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>6</v>
+      </c>
+      <c r="B118" t="s">
+        <v>7</v>
+      </c>
+      <c r="C118" t="s">
+        <v>16</v>
+      </c>
+      <c r="D118" s="2">
+        <v>45291</v>
+      </c>
+      <c r="E118" s="3">
+        <v>2023</v>
+      </c>
+      <c r="F118">
+        <v>81.765453</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>6</v>
+      </c>
+      <c r="B119" t="s">
+        <v>7</v>
+      </c>
+      <c r="C119" t="s">
+        <v>17</v>
+      </c>
+      <c r="D119" s="2">
+        <v>33238</v>
+      </c>
+      <c r="E119" s="3">
+        <v>1990</v>
+      </c>
+      <c r="F119">
+        <v>6.725918</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>6</v>
+      </c>
+      <c r="B120" t="s">
+        <v>7</v>
+      </c>
+      <c r="C120" t="s">
+        <v>17</v>
+      </c>
+      <c r="D120" s="2">
+        <v>36891</v>
+      </c>
+      <c r="E120" s="3">
+        <v>2000</v>
+      </c>
+      <c r="F120">
+        <v>6.640544</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>6</v>
+      </c>
+      <c r="B121" t="s">
+        <v>7</v>
+      </c>
+      <c r="C121" t="s">
+        <v>17</v>
+      </c>
+      <c r="D121" s="2">
+        <v>38717</v>
+      </c>
+      <c r="E121" s="3">
+        <v>2005</v>
+      </c>
+      <c r="F121">
+        <v>6.530160</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>6</v>
+      </c>
+      <c r="B122" t="s">
+        <v>7</v>
+      </c>
+      <c r="C122" t="s">
+        <v>17</v>
+      </c>
+      <c r="D122" s="2">
+        <v>40543</v>
+      </c>
+      <c r="E122" s="3">
+        <v>2010</v>
+      </c>
+      <c r="F122">
+        <v>6.237150</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>6</v>
+      </c>
+      <c r="B123" t="s">
+        <v>7</v>
+      </c>
+      <c r="C123" t="s">
+        <v>17</v>
+      </c>
+      <c r="D123" s="2">
+        <v>42369</v>
+      </c>
+      <c r="E123" s="3">
+        <v>2015</v>
+      </c>
+      <c r="F123">
+        <v>5.038851</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>6</v>
+      </c>
+      <c r="B124" t="s">
+        <v>7</v>
+      </c>
+      <c r="C124" t="s">
+        <v>17</v>
+      </c>
+      <c r="D124" s="2">
+        <v>42735</v>
+      </c>
+      <c r="E124" s="3">
+        <v>2016</v>
+      </c>
+      <c r="F124">
+        <v>6.742195</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>6</v>
+      </c>
+      <c r="B125" t="s">
+        <v>7</v>
+      </c>
+      <c r="C125" t="s">
+        <v>17</v>
+      </c>
+      <c r="D125" s="2">
+        <v>43100</v>
+      </c>
+      <c r="E125" s="3">
+        <v>2017</v>
+      </c>
+      <c r="F125">
+        <v>6.568826</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>6</v>
+      </c>
+      <c r="B126" t="s">
+        <v>7</v>
+      </c>
+      <c r="C126" t="s">
+        <v>17</v>
+      </c>
+      <c r="D126" s="2">
+        <v>43465</v>
+      </c>
+      <c r="E126" s="3">
+        <v>2018</v>
+      </c>
+      <c r="F126">
+        <v>6.722437</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>6</v>
+      </c>
+      <c r="B127" t="s">
+        <v>7</v>
+      </c>
+      <c r="C127" t="s">
+        <v>17</v>
+      </c>
+      <c r="D127" s="2">
+        <v>43830</v>
+      </c>
+      <c r="E127" s="3">
+        <v>2019</v>
+      </c>
+      <c r="F127">
+        <v>6.533153</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>6</v>
+      </c>
+      <c r="B128" t="s">
+        <v>7</v>
+      </c>
+      <c r="C128" t="s">
+        <v>17</v>
+      </c>
+      <c r="D128" s="2">
+        <v>44196</v>
+      </c>
+      <c r="E128" s="3">
+        <v>2020</v>
+      </c>
+      <c r="F128">
+        <v>6.386850</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>6</v>
+      </c>
+      <c r="B129" t="s">
+        <v>7</v>
+      </c>
+      <c r="C129" t="s">
+        <v>17</v>
+      </c>
+      <c r="D129" s="2">
+        <v>44561</v>
+      </c>
+      <c r="E129" s="3">
+        <v>2021</v>
+      </c>
+      <c r="F129">
+        <v>6.619437</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>6</v>
+      </c>
+      <c r="B130" t="s">
+        <v>7</v>
+      </c>
+      <c r="C130" t="s">
+        <v>17</v>
+      </c>
+      <c r="D130" s="2">
+        <v>44926</v>
+      </c>
+      <c r="E130" s="3">
+        <v>2022</v>
+      </c>
+      <c r="F130">
+        <v>6.209788</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>6</v>
+      </c>
+      <c r="B131" t="s">
+        <v>7</v>
+      </c>
+      <c r="C131" t="s">
+        <v>17</v>
+      </c>
+      <c r="D131" s="2">
+        <v>45291</v>
+      </c>
+      <c r="E131" s="3">
+        <v>2023</v>
+      </c>
+      <c r="F131">
+        <v>7.053202</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>