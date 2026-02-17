--- v0 (2025-10-03)
+++ v1 (2026-02-17)
@@ -419,1871 +419,2411 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main">
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" topLeftCell="A1" zoomScaleNormal="100" zoomScaleSheetLayoutView="60" zoomScale="100" view="normal"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="33.14063" customWidth="1"/>
     <col min="2" max="2" width="9.421875" customWidth="1"/>
     <col min="3" max="3" width="22.14063" customWidth="1"/>
     <col min="4" max="4" width="12.71094" customWidth="1"/>
     <col min="5" max="5" width="6.140625" customWidth="1"/>
-    <col min="6" max="6" width="9.28125" customWidth="1"/>
+    <col min="6" max="6" width="14.00391" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customFormat="true" s="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="2">
         <v>33238</v>
       </c>
       <c r="E2" s="3">
         <v>1990</v>
       </c>
       <c r="F2">
-        <v>772181</v>
+        <v>767837.477974</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="2">
         <v>36891</v>
       </c>
       <c r="E3" s="3">
         <v>2000</v>
       </c>
       <c r="F3">
-        <v>493620</v>
+        <v>488011.157345</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
       <c r="C4" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="2">
         <v>38717</v>
       </c>
       <c r="E4" s="3">
         <v>2005</v>
       </c>
       <c r="F4">
-        <v>478891</v>
+        <v>470223.493498</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="2">
         <v>40543</v>
       </c>
       <c r="E5" s="3">
         <v>2010</v>
       </c>
       <c r="F5">
-        <v>559565</v>
+        <v>551011.417756</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
         <v>7</v>
       </c>
       <c r="C6" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="2">
         <v>42369</v>
       </c>
       <c r="E6" s="3">
         <v>2015</v>
       </c>
       <c r="F6">
-        <v>382070</v>
+        <v>375157.479603</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="2">
         <v>42735</v>
       </c>
       <c r="E7" s="3">
         <v>2016</v>
       </c>
       <c r="F7">
-        <v>359521</v>
+        <v>353310.324010</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>6</v>
       </c>
       <c r="B8" t="s">
         <v>7</v>
       </c>
       <c r="C8" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="2">
         <v>43100</v>
       </c>
       <c r="E8" s="3">
         <v>2017</v>
       </c>
       <c r="F8">
-        <v>321641</v>
+        <v>314351.007832</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>6</v>
       </c>
       <c r="B9" t="s">
         <v>7</v>
       </c>
       <c r="C9" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="2">
         <v>43465</v>
       </c>
       <c r="E9" s="3">
         <v>2018</v>
       </c>
       <c r="F9">
-        <v>421241</v>
+        <v>411752.588095</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>6</v>
       </c>
       <c r="B10" t="s">
         <v>7</v>
       </c>
       <c r="C10" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="2">
         <v>43830</v>
       </c>
       <c r="E10" s="3">
         <v>2019</v>
       </c>
       <c r="F10">
-        <v>522817</v>
+        <v>511850.055281</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>6</v>
       </c>
       <c r="B11" t="s">
         <v>7</v>
       </c>
       <c r="C11" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="2">
         <v>44196</v>
       </c>
       <c r="E11" s="3">
         <v>2020</v>
       </c>
       <c r="F11">
-        <v>328866</v>
+        <v>320762.068859</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>6</v>
       </c>
       <c r="B12" t="s">
         <v>7</v>
       </c>
       <c r="C12" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D12" s="2">
-        <v>33238</v>
+        <v>44561</v>
       </c>
       <c r="E12" s="3">
-        <v>1990</v>
+        <v>2021</v>
       </c>
       <c r="F12">
-        <v>37448.5</v>
+        <v>312460.427613</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>6</v>
       </c>
       <c r="B13" t="s">
         <v>7</v>
       </c>
       <c r="C13" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D13" s="2">
-        <v>36891</v>
+        <v>44926</v>
       </c>
       <c r="E13" s="3">
-        <v>2000</v>
+        <v>2022</v>
       </c>
       <c r="F13">
-        <v>25252.6</v>
+        <v>283176.098470</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>6</v>
       </c>
       <c r="B14" t="s">
         <v>7</v>
       </c>
       <c r="C14" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D14" s="2">
-        <v>38717</v>
+        <v>45291</v>
       </c>
       <c r="E14" s="3">
-        <v>2005</v>
+        <v>2023</v>
       </c>
       <c r="F14">
-        <v>31613.1</v>
+        <v>272877.128364</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>6</v>
       </c>
       <c r="B15" t="s">
         <v>7</v>
       </c>
       <c r="C15" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="2">
-        <v>40543</v>
+        <v>33238</v>
       </c>
       <c r="E15" s="3">
-        <v>2010</v>
+        <v>1990</v>
       </c>
       <c r="F15">
-        <v>31422.1</v>
+        <v>38628.113035</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>6</v>
       </c>
       <c r="B16" t="s">
         <v>7</v>
       </c>
       <c r="C16" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="2">
-        <v>42369</v>
+        <v>36891</v>
       </c>
       <c r="E16" s="3">
-        <v>2015</v>
+        <v>2000</v>
       </c>
       <c r="F16">
-        <v>26877.4</v>
+        <v>25894.154258</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>6</v>
       </c>
       <c r="B17" t="s">
         <v>7</v>
       </c>
       <c r="C17" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="2">
-        <v>42735</v>
+        <v>38717</v>
       </c>
       <c r="E17" s="3">
-        <v>2016</v>
+        <v>2005</v>
       </c>
       <c r="F17">
-        <v>24903.6</v>
+        <v>30106.601178</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>6</v>
       </c>
       <c r="B18" t="s">
         <v>7</v>
       </c>
       <c r="C18" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="2">
-        <v>43100</v>
+        <v>40543</v>
       </c>
       <c r="E18" s="3">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="F18">
-        <v>22267.5</v>
+        <v>29771.227206</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>6</v>
       </c>
       <c r="B19" t="s">
         <v>7</v>
       </c>
       <c r="C19" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="2">
-        <v>43465</v>
+        <v>42369</v>
       </c>
       <c r="E19" s="3">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="F19">
-        <v>20332.1</v>
+        <v>25274.498826</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>6</v>
       </c>
       <c r="B20" t="s">
         <v>7</v>
       </c>
       <c r="C20" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="2">
-        <v>43830</v>
+        <v>42735</v>
       </c>
       <c r="E20" s="3">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="F20">
-        <v>17821.7</v>
+        <v>22902.889675</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>6</v>
       </c>
       <c r="B21" t="s">
         <v>7</v>
       </c>
       <c r="C21" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="2">
-        <v>44196</v>
+        <v>43100</v>
       </c>
       <c r="E21" s="3">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="F21">
-        <v>13863.5</v>
+        <v>20880.263242</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>6</v>
       </c>
       <c r="B22" t="s">
         <v>7</v>
       </c>
       <c r="C22" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D22" s="2">
-        <v>33238</v>
+        <v>43465</v>
       </c>
       <c r="E22" s="3">
-        <v>1990</v>
+        <v>2018</v>
       </c>
       <c r="F22">
-        <v>372340</v>
+        <v>18755.840559</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>6</v>
       </c>
       <c r="B23" t="s">
         <v>7</v>
       </c>
       <c r="C23" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D23" s="2">
-        <v>36891</v>
+        <v>43830</v>
       </c>
       <c r="E23" s="3">
-        <v>2000</v>
+        <v>2019</v>
       </c>
       <c r="F23">
-        <v>133986</v>
+        <v>16304.842722</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>6</v>
       </c>
       <c r="B24" t="s">
         <v>7</v>
       </c>
       <c r="C24" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D24" s="2">
-        <v>38717</v>
+        <v>44196</v>
       </c>
       <c r="E24" s="3">
-        <v>2005</v>
+        <v>2020</v>
       </c>
       <c r="F24">
-        <v>137074</v>
+        <v>13067.372334</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>6</v>
       </c>
       <c r="B25" t="s">
         <v>7</v>
       </c>
       <c r="C25" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D25" s="2">
-        <v>40543</v>
+        <v>44561</v>
       </c>
       <c r="E25" s="3">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="F25">
-        <v>246975</v>
+        <v>13622.020679</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>6</v>
       </c>
       <c r="B26" t="s">
         <v>7</v>
       </c>
       <c r="C26" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D26" s="2">
-        <v>42369</v>
+        <v>44926</v>
       </c>
       <c r="E26" s="3">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="F26">
-        <v>113294</v>
+        <v>11987.322899</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>6</v>
       </c>
       <c r="B27" t="s">
         <v>7</v>
       </c>
       <c r="C27" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D27" s="2">
-        <v>42735</v>
+        <v>45291</v>
       </c>
       <c r="E27" s="3">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="F27">
-        <v>102939</v>
+        <v>12333.987941</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>6</v>
       </c>
       <c r="B28" t="s">
         <v>7</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" s="2">
-        <v>43100</v>
+        <v>33238</v>
       </c>
       <c r="E28" s="3">
-        <v>2017</v>
+        <v>1990</v>
       </c>
       <c r="F28">
-        <v>74998.8</v>
+        <v>372338.732481</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>6</v>
       </c>
       <c r="B29" t="s">
         <v>7</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" s="2">
-        <v>43465</v>
+        <v>36891</v>
       </c>
       <c r="E29" s="3">
-        <v>2018</v>
+        <v>2000</v>
       </c>
       <c r="F29">
-        <v>176072</v>
+        <v>133944.074479</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>6</v>
       </c>
       <c r="B30" t="s">
         <v>7</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" s="2">
-        <v>43830</v>
+        <v>38717</v>
       </c>
       <c r="E30" s="3">
-        <v>2019</v>
+        <v>2005</v>
       </c>
       <c r="F30">
-        <v>286944</v>
+        <v>137208.290004</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>6</v>
       </c>
       <c r="B31" t="s">
         <v>7</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" s="2">
-        <v>44196</v>
+        <v>40543</v>
       </c>
       <c r="E31" s="3">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="F31">
-        <v>112144</v>
+        <v>246871.217429</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>6</v>
       </c>
       <c r="B32" t="s">
         <v>7</v>
       </c>
       <c r="C32" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D32" s="2">
-        <v>33238</v>
+        <v>42369</v>
       </c>
       <c r="E32" s="3">
-        <v>1990</v>
+        <v>2015</v>
       </c>
       <c r="F32">
-        <v>22679.9</v>
+        <v>113128.871568</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>6</v>
       </c>
       <c r="B33" t="s">
         <v>7</v>
       </c>
       <c r="C33" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D33" s="2">
-        <v>36891</v>
+        <v>42735</v>
       </c>
       <c r="E33" s="3">
-        <v>2000</v>
+        <v>2016</v>
       </c>
       <c r="F33">
-        <v>20204.9</v>
+        <v>103147.075944</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>6</v>
       </c>
       <c r="B34" t="s">
         <v>7</v>
       </c>
       <c r="C34" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D34" s="2">
-        <v>38717</v>
+        <v>43100</v>
       </c>
       <c r="E34" s="3">
-        <v>2005</v>
+        <v>2017</v>
       </c>
       <c r="F34">
-        <v>17754.6</v>
+        <v>73681.557795</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>6</v>
       </c>
       <c r="B35" t="s">
         <v>7</v>
       </c>
       <c r="C35" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D35" s="2">
-        <v>40543</v>
+        <v>43465</v>
       </c>
       <c r="E35" s="3">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="F35">
-        <v>15759.3</v>
+        <v>175605.245350</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>6</v>
       </c>
       <c r="B36" t="s">
         <v>7</v>
       </c>
       <c r="C36" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D36" s="2">
-        <v>42369</v>
+        <v>43830</v>
       </c>
       <c r="E36" s="3">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="F36">
-        <v>16253.6</v>
+        <v>283041.669479</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>6</v>
       </c>
       <c r="B37" t="s">
         <v>7</v>
       </c>
       <c r="C37" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D37" s="2">
-        <v>42735</v>
+        <v>44196</v>
       </c>
       <c r="E37" s="3">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="F37">
-        <v>15882.3</v>
+        <v>107544.407151</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>6</v>
       </c>
       <c r="B38" t="s">
         <v>7</v>
       </c>
       <c r="C38" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D38" s="2">
-        <v>43100</v>
+        <v>44561</v>
       </c>
       <c r="E38" s="3">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="F38">
-        <v>16656.3</v>
+        <v>102606.031996</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>6</v>
       </c>
       <c r="B39" t="s">
         <v>7</v>
       </c>
       <c r="C39" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D39" s="2">
-        <v>43465</v>
+        <v>44926</v>
       </c>
       <c r="E39" s="3">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="F39">
-        <v>16353.4</v>
+        <v>93211.456972</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>6</v>
       </c>
       <c r="B40" t="s">
         <v>7</v>
       </c>
       <c r="C40" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D40" s="2">
-        <v>43830</v>
+        <v>45291</v>
       </c>
       <c r="E40" s="3">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="F40">
-        <v>16200.7</v>
+        <v>85466.393425</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>6</v>
       </c>
       <c r="B41" t="s">
         <v>7</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" s="2">
-        <v>44196</v>
+        <v>33238</v>
       </c>
       <c r="E41" s="3">
-        <v>2020</v>
+        <v>1990</v>
       </c>
       <c r="F41">
-        <v>16414.1</v>
+        <v>21214.663127</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>6</v>
       </c>
       <c r="B42" t="s">
         <v>7</v>
       </c>
       <c r="C42" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D42" s="2">
-        <v>33238</v>
+        <v>36891</v>
       </c>
       <c r="E42" s="3">
-        <v>1990</v>
+        <v>2000</v>
       </c>
       <c r="F42">
-        <v>151514</v>
+        <v>18385.708303</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>6</v>
       </c>
       <c r="B43" t="s">
         <v>7</v>
       </c>
       <c r="C43" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D43" s="2">
-        <v>36891</v>
+        <v>38717</v>
       </c>
       <c r="E43" s="3">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="F43">
-        <v>158323</v>
+        <v>15827.676410</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>6</v>
       </c>
       <c r="B44" t="s">
         <v>7</v>
       </c>
       <c r="C44" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D44" s="2">
-        <v>38717</v>
+        <v>40543</v>
       </c>
       <c r="E44" s="3">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="F44">
-        <v>169627</v>
+        <v>13989.178132</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>6</v>
       </c>
       <c r="B45" t="s">
         <v>7</v>
       </c>
       <c r="C45" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D45" s="2">
-        <v>40543</v>
+        <v>42369</v>
       </c>
       <c r="E45" s="3">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="F45">
-        <v>180049</v>
+        <v>14335.326953</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>6</v>
       </c>
       <c r="B46" t="s">
         <v>7</v>
       </c>
       <c r="C46" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D46" s="2">
-        <v>42369</v>
+        <v>42735</v>
       </c>
       <c r="E46" s="3">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="F46">
-        <v>159893</v>
+        <v>13945.123459</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>6</v>
       </c>
       <c r="B47" t="s">
         <v>7</v>
       </c>
       <c r="C47" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D47" s="2">
-        <v>42735</v>
+        <v>43100</v>
       </c>
       <c r="E47" s="3">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="F47">
-        <v>153974</v>
+        <v>14384.679307</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>6</v>
       </c>
       <c r="B48" t="s">
         <v>7</v>
       </c>
       <c r="C48" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D48" s="2">
-        <v>43100</v>
+        <v>43465</v>
       </c>
       <c r="E48" s="3">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="F48">
-        <v>147781</v>
+        <v>13551.586695</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>6</v>
       </c>
       <c r="B49" t="s">
         <v>7</v>
       </c>
       <c r="C49" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D49" s="2">
-        <v>43465</v>
+        <v>43830</v>
       </c>
       <c r="E49" s="3">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="F49">
-        <v>151739</v>
+        <v>13636.394003</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>6</v>
       </c>
       <c r="B50" t="s">
         <v>7</v>
       </c>
       <c r="C50" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D50" s="2">
-        <v>43830</v>
+        <v>44196</v>
       </c>
       <c r="E50" s="3">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="F50">
-        <v>149671</v>
+        <v>14687.848425</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>6</v>
       </c>
       <c r="B51" t="s">
         <v>7</v>
       </c>
       <c r="C51" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D51" s="2">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="E51" s="3">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F51">
-        <v>135908</v>
+        <v>14377.949268</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>6</v>
       </c>
       <c r="B52" t="s">
         <v>7</v>
       </c>
       <c r="C52" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D52" s="2">
-        <v>33238</v>
+        <v>44926</v>
       </c>
       <c r="E52" s="3">
-        <v>1990</v>
+        <v>2022</v>
       </c>
       <c r="F52">
-        <v>20529.5</v>
+        <v>14483.925784</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>6</v>
       </c>
       <c r="B53" t="s">
         <v>7</v>
       </c>
       <c r="C53" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D53" s="2">
-        <v>36891</v>
+        <v>45291</v>
       </c>
       <c r="E53" s="3">
-        <v>2000</v>
+        <v>2023</v>
       </c>
       <c r="F53">
-        <v>18547.3</v>
+        <v>14103.279395</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>6</v>
       </c>
       <c r="B54" t="s">
         <v>7</v>
       </c>
       <c r="C54" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D54" s="2">
-        <v>38717</v>
+        <v>33238</v>
       </c>
       <c r="E54" s="3">
-        <v>2005</v>
+        <v>1990</v>
       </c>
       <c r="F54">
-        <v>18016.3</v>
+        <v>148834.287924</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>6</v>
       </c>
       <c r="B55" t="s">
         <v>7</v>
       </c>
       <c r="C55" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D55" s="2">
-        <v>40543</v>
+        <v>36891</v>
       </c>
       <c r="E55" s="3">
-        <v>2010</v>
+        <v>2000</v>
       </c>
       <c r="F55">
-        <v>17268.7</v>
+        <v>155753.545393</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>6</v>
       </c>
       <c r="B56" t="s">
         <v>7</v>
       </c>
       <c r="C56" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D56" s="2">
-        <v>42369</v>
+        <v>38717</v>
       </c>
       <c r="E56" s="3">
-        <v>2015</v>
+        <v>2005</v>
       </c>
       <c r="F56">
-        <v>17648.6</v>
+        <v>166354.522858</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>6</v>
       </c>
       <c r="B57" t="s">
         <v>7</v>
       </c>
       <c r="C57" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D57" s="2">
-        <v>42735</v>
+        <v>40543</v>
       </c>
       <c r="E57" s="3">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="F57">
-        <v>16331.3</v>
+        <v>177197.222173</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>6</v>
       </c>
       <c r="B58" t="s">
         <v>7</v>
       </c>
       <c r="C58" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D58" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E58" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F58">
-        <v>16373.9</v>
+        <v>159529.004010</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>6</v>
       </c>
       <c r="B59" t="s">
         <v>7</v>
       </c>
       <c r="C59" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D59" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E59" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F59">
-        <v>16053.2</v>
+        <v>154309.989785</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>6</v>
       </c>
       <c r="B60" t="s">
         <v>7</v>
       </c>
       <c r="C60" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D60" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E60" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F60">
-        <v>16335.4</v>
+        <v>148442.209699</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>6</v>
       </c>
       <c r="B61" t="s">
         <v>7</v>
       </c>
       <c r="C61" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D61" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E61" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F61">
-        <v>16657.9</v>
+        <v>150587.859221</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>6</v>
       </c>
       <c r="B62" t="s">
         <v>7</v>
       </c>
       <c r="C62" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D62" s="2">
-        <v>33238</v>
+        <v>43830</v>
       </c>
       <c r="E62" s="3">
-        <v>1990</v>
+        <v>2019</v>
       </c>
       <c r="F62">
-        <v>94131.1</v>
+        <v>149784.381648</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>6</v>
       </c>
       <c r="B63" t="s">
         <v>7</v>
       </c>
       <c r="C63" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D63" s="2">
-        <v>36891</v>
+        <v>44196</v>
       </c>
       <c r="E63" s="3">
-        <v>2000</v>
+        <v>2020</v>
       </c>
       <c r="F63">
-        <v>81810.9</v>
+        <v>138178.617081</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>6</v>
       </c>
       <c r="B64" t="s">
         <v>7</v>
       </c>
       <c r="C64" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D64" s="2">
-        <v>38717</v>
+        <v>44561</v>
       </c>
       <c r="E64" s="3">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="F64">
-        <v>67868.4</v>
+        <v>138294.489455</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>6</v>
       </c>
       <c r="B65" t="s">
         <v>7</v>
       </c>
       <c r="C65" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D65" s="2">
-        <v>40543</v>
+        <v>44926</v>
       </c>
       <c r="E65" s="3">
-        <v>2010</v>
+        <v>2022</v>
       </c>
       <c r="F65">
-        <v>42858.9</v>
+        <v>123303.195440</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>6</v>
       </c>
       <c r="B66" t="s">
         <v>7</v>
       </c>
       <c r="C66" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D66" s="2">
-        <v>42369</v>
+        <v>45291</v>
       </c>
       <c r="E66" s="3">
-        <v>2015</v>
+        <v>2023</v>
       </c>
       <c r="F66">
-        <v>26720.6</v>
+        <v>121857.264414</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>6</v>
       </c>
       <c r="B67" t="s">
         <v>7</v>
       </c>
       <c r="C67" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D67" s="2">
-        <v>42735</v>
+        <v>33238</v>
       </c>
       <c r="E67" s="3">
-        <v>2016</v>
+        <v>1990</v>
       </c>
       <c r="F67">
-        <v>24317.2</v>
+        <v>19625.699549</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>6</v>
       </c>
       <c r="B68" t="s">
         <v>7</v>
       </c>
       <c r="C68" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D68" s="2">
-        <v>43100</v>
+        <v>36891</v>
       </c>
       <c r="E68" s="3">
-        <v>2017</v>
+        <v>2000</v>
       </c>
       <c r="F68">
-        <v>22576.3</v>
+        <v>17297.870124</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>6</v>
       </c>
       <c r="B69" t="s">
         <v>7</v>
       </c>
       <c r="C69" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D69" s="2">
-        <v>43465</v>
+        <v>38717</v>
       </c>
       <c r="E69" s="3">
-        <v>2018</v>
+        <v>2005</v>
       </c>
       <c r="F69">
-        <v>21165.8</v>
+        <v>16657.688219</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>6</v>
       </c>
       <c r="B70" t="s">
         <v>7</v>
       </c>
       <c r="C70" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D70" s="2">
-        <v>43830</v>
+        <v>40543</v>
       </c>
       <c r="E70" s="3">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="F70">
-        <v>17585</v>
+        <v>16235.773474</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>6</v>
       </c>
       <c r="B71" t="s">
         <v>7</v>
       </c>
       <c r="C71" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D71" s="2">
-        <v>44196</v>
+        <v>42369</v>
       </c>
       <c r="E71" s="3">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="F71">
-        <v>16736.9</v>
+        <v>16117.640173</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>6</v>
       </c>
       <c r="B72" t="s">
         <v>7</v>
       </c>
       <c r="C72" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D72" s="2">
-        <v>33238</v>
+        <v>42735</v>
       </c>
       <c r="E72" s="3">
-        <v>1990</v>
+        <v>2016</v>
       </c>
       <c r="F72">
-        <v>69705.7</v>
+        <v>14721.506457</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>6</v>
       </c>
       <c r="B73" t="s">
         <v>7</v>
       </c>
       <c r="C73" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D73" s="2">
-        <v>36891</v>
+        <v>43100</v>
       </c>
       <c r="E73" s="3">
-        <v>2000</v>
+        <v>2017</v>
       </c>
       <c r="F73">
-        <v>44981.3</v>
+        <v>14638.551866</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>6</v>
       </c>
       <c r="B74" t="s">
         <v>7</v>
       </c>
       <c r="C74" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D74" s="2">
-        <v>38717</v>
+        <v>43465</v>
       </c>
       <c r="E74" s="3">
-        <v>2005</v>
+        <v>2018</v>
       </c>
       <c r="F74">
-        <v>22803.7</v>
+        <v>14042.841393</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>6</v>
       </c>
       <c r="B75" t="s">
         <v>7</v>
       </c>
       <c r="C75" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D75" s="2">
-        <v>40543</v>
+        <v>43830</v>
       </c>
       <c r="E75" s="3">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="F75">
-        <v>10885.4</v>
+        <v>14418.064584</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>6</v>
       </c>
       <c r="B76" t="s">
         <v>7</v>
       </c>
       <c r="C76" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D76" s="2">
-        <v>42369</v>
+        <v>44196</v>
       </c>
       <c r="E76" s="3">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="F76">
-        <v>5844.29</v>
+        <v>14703.212462</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>6</v>
       </c>
       <c r="B77" t="s">
         <v>7</v>
       </c>
       <c r="C77" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D77" s="2">
-        <v>42735</v>
+        <v>44561</v>
       </c>
       <c r="E77" s="3">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="F77">
-        <v>5471.8</v>
+        <v>15230.616371</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>6</v>
       </c>
       <c r="B78" t="s">
         <v>7</v>
       </c>
       <c r="C78" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D78" s="2">
-        <v>43100</v>
+        <v>44926</v>
       </c>
       <c r="E78" s="3">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="F78">
-        <v>5255.68</v>
+        <v>13486.718602</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>6</v>
       </c>
       <c r="B79" t="s">
         <v>7</v>
       </c>
       <c r="C79" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D79" s="2">
-        <v>43465</v>
+        <v>45291</v>
       </c>
       <c r="E79" s="3">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="F79">
-        <v>4873.78</v>
+        <v>14181.720163</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>6</v>
       </c>
       <c r="B80" t="s">
         <v>7</v>
       </c>
       <c r="C80" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D80" s="2">
-        <v>43830</v>
+        <v>33238</v>
       </c>
       <c r="E80" s="3">
-        <v>2019</v>
+        <v>1990</v>
       </c>
       <c r="F80">
-        <v>4334.12</v>
+        <v>94573.888809</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>6</v>
       </c>
       <c r="B81" t="s">
         <v>7</v>
       </c>
       <c r="C81" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D81" s="2">
-        <v>44196</v>
+        <v>36891</v>
       </c>
       <c r="E81" s="3">
-        <v>2020</v>
+        <v>2000</v>
       </c>
       <c r="F81">
-        <v>3589.91</v>
+        <v>82269.888261</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>6</v>
       </c>
       <c r="B82" t="s">
         <v>7</v>
       </c>
       <c r="C82" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D82" s="2">
-        <v>33238</v>
+        <v>38717</v>
       </c>
       <c r="E82" s="3">
-        <v>1990</v>
+        <v>2005</v>
       </c>
       <c r="F82">
-        <v>3832.98</v>
+        <v>68256.418230</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>6</v>
       </c>
       <c r="B83" t="s">
         <v>7</v>
       </c>
       <c r="C83" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D83" s="2">
-        <v>36891</v>
+        <v>40543</v>
       </c>
       <c r="E83" s="3">
-        <v>2000</v>
+        <v>2010</v>
       </c>
       <c r="F83">
-        <v>10514.3</v>
+        <v>42891.765828</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>6</v>
       </c>
       <c r="B84" t="s">
         <v>7</v>
       </c>
       <c r="C84" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D84" s="2">
-        <v>38717</v>
+        <v>42369</v>
       </c>
       <c r="E84" s="3">
-        <v>2005</v>
+        <v>2015</v>
       </c>
       <c r="F84">
-        <v>14133.4</v>
+        <v>26737.947834</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>6</v>
       </c>
       <c r="B85" t="s">
         <v>7</v>
       </c>
       <c r="C85" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D85" s="2">
-        <v>40543</v>
+        <v>42735</v>
       </c>
       <c r="E85" s="3">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="F85">
-        <v>14346</v>
+        <v>24321.011013</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>6</v>
       </c>
       <c r="B86" t="s">
         <v>7</v>
       </c>
       <c r="C86" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D86" s="2">
-        <v>42369</v>
+        <v>43100</v>
       </c>
       <c r="E86" s="3">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="F86">
-        <v>15537.8</v>
+        <v>22472.423978</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>6</v>
       </c>
       <c r="B87" t="s">
         <v>7</v>
       </c>
       <c r="C87" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D87" s="2">
-        <v>42735</v>
+        <v>43465</v>
       </c>
       <c r="E87" s="3">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="F87">
-        <v>15701.3</v>
+        <v>20798.819673</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>6</v>
       </c>
       <c r="B88" t="s">
         <v>7</v>
       </c>
       <c r="C88" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D88" s="2">
-        <v>43100</v>
+        <v>43830</v>
       </c>
       <c r="E88" s="3">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="F88">
-        <v>15731.3</v>
+        <v>17591.409384</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>6</v>
       </c>
       <c r="B89" t="s">
         <v>7</v>
       </c>
       <c r="C89" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D89" s="2">
-        <v>43465</v>
+        <v>44196</v>
       </c>
       <c r="E89" s="3">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="F89">
-        <v>14651.2</v>
+        <v>16662.260759</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>6</v>
       </c>
       <c r="B90" t="s">
         <v>7</v>
       </c>
       <c r="C90" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D90" s="2">
-        <v>43830</v>
+        <v>44561</v>
       </c>
       <c r="E90" s="3">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="F90">
-        <v>13925.5</v>
+        <v>14197.169212</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>6</v>
       </c>
       <c r="B91" t="s">
         <v>7</v>
       </c>
       <c r="C91" t="s">
+        <v>14</v>
+      </c>
+      <c r="D91" s="2">
+        <v>44926</v>
+      </c>
+      <c r="E91" s="3">
+        <v>2022</v>
+      </c>
+      <c r="F91">
+        <v>13250.664876</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>6</v>
+      </c>
+      <c r="B92" t="s">
+        <v>7</v>
+      </c>
+      <c r="C92" t="s">
+        <v>14</v>
+      </c>
+      <c r="D92" s="2">
+        <v>45291</v>
+      </c>
+      <c r="E92" s="3">
+        <v>2023</v>
+      </c>
+      <c r="F92">
+        <v>12196.666719</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>6</v>
+      </c>
+      <c r="B93" t="s">
+        <v>7</v>
+      </c>
+      <c r="C93" t="s">
+        <v>15</v>
+      </c>
+      <c r="D93" s="2">
+        <v>33238</v>
+      </c>
+      <c r="E93" s="3">
+        <v>1990</v>
+      </c>
+      <c r="F93">
+        <v>69227.630910</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>6</v>
+      </c>
+      <c r="B94" t="s">
+        <v>7</v>
+      </c>
+      <c r="C94" t="s">
+        <v>15</v>
+      </c>
+      <c r="D94" s="2">
+        <v>36891</v>
+      </c>
+      <c r="E94" s="3">
+        <v>2000</v>
+      </c>
+      <c r="F94">
+        <v>44738.789484</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>6</v>
+      </c>
+      <c r="B95" t="s">
+        <v>7</v>
+      </c>
+      <c r="C95" t="s">
+        <v>15</v>
+      </c>
+      <c r="D95" s="2">
+        <v>38717</v>
+      </c>
+      <c r="E95" s="3">
+        <v>2005</v>
+      </c>
+      <c r="F95">
+        <v>22666.964246</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>6</v>
+      </c>
+      <c r="B96" t="s">
+        <v>7</v>
+      </c>
+      <c r="C96" t="s">
+        <v>15</v>
+      </c>
+      <c r="D96" s="2">
+        <v>40543</v>
+      </c>
+      <c r="E96" s="3">
+        <v>2010</v>
+      </c>
+      <c r="F96">
+        <v>10772.400639</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>6</v>
+      </c>
+      <c r="B97" t="s">
+        <v>7</v>
+      </c>
+      <c r="C97" t="s">
+        <v>15</v>
+      </c>
+      <c r="D97" s="2">
+        <v>42369</v>
+      </c>
+      <c r="E97" s="3">
+        <v>2015</v>
+      </c>
+      <c r="F97">
+        <v>5768.370842</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>6</v>
+      </c>
+      <c r="B98" t="s">
+        <v>7</v>
+      </c>
+      <c r="C98" t="s">
+        <v>15</v>
+      </c>
+      <c r="D98" s="2">
+        <v>42735</v>
+      </c>
+      <c r="E98" s="3">
+        <v>2016</v>
+      </c>
+      <c r="F98">
+        <v>5393.250624</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>6</v>
+      </c>
+      <c r="B99" t="s">
+        <v>7</v>
+      </c>
+      <c r="C99" t="s">
+        <v>15</v>
+      </c>
+      <c r="D99" s="2">
+        <v>43100</v>
+      </c>
+      <c r="E99" s="3">
+        <v>2017</v>
+      </c>
+      <c r="F99">
+        <v>5181.168910</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>6</v>
+      </c>
+      <c r="B100" t="s">
+        <v>7</v>
+      </c>
+      <c r="C100" t="s">
+        <v>15</v>
+      </c>
+      <c r="D100" s="2">
+        <v>43465</v>
+      </c>
+      <c r="E100" s="3">
+        <v>2018</v>
+      </c>
+      <c r="F100">
+        <v>4809.851135</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>6</v>
+      </c>
+      <c r="B101" t="s">
+        <v>7</v>
+      </c>
+      <c r="C101" t="s">
+        <v>15</v>
+      </c>
+      <c r="D101" s="2">
+        <v>43830</v>
+      </c>
+      <c r="E101" s="3">
+        <v>2019</v>
+      </c>
+      <c r="F101">
+        <v>4267.309631</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>6</v>
+      </c>
+      <c r="B102" t="s">
+        <v>7</v>
+      </c>
+      <c r="C102" t="s">
+        <v>15</v>
+      </c>
+      <c r="D102" s="2">
+        <v>44196</v>
+      </c>
+      <c r="E102" s="3">
+        <v>2020</v>
+      </c>
+      <c r="F102">
+        <v>3958.883955</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>6</v>
+      </c>
+      <c r="B103" t="s">
+        <v>7</v>
+      </c>
+      <c r="C103" t="s">
+        <v>15</v>
+      </c>
+      <c r="D103" s="2">
+        <v>44561</v>
+      </c>
+      <c r="E103" s="3">
+        <v>2021</v>
+      </c>
+      <c r="F103">
+        <v>4235.654679</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>6</v>
+      </c>
+      <c r="B104" t="s">
+        <v>7</v>
+      </c>
+      <c r="C104" t="s">
+        <v>15</v>
+      </c>
+      <c r="D104" s="2">
+        <v>44926</v>
+      </c>
+      <c r="E104" s="3">
+        <v>2022</v>
+      </c>
+      <c r="F104">
+        <v>3865.124462</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>6</v>
+      </c>
+      <c r="B105" t="s">
+        <v>7</v>
+      </c>
+      <c r="C105" t="s">
+        <v>15</v>
+      </c>
+      <c r="D105" s="2">
+        <v>45291</v>
+      </c>
+      <c r="E105" s="3">
+        <v>2023</v>
+      </c>
+      <c r="F105">
+        <v>3778.675694</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>6</v>
+      </c>
+      <c r="B106" t="s">
+        <v>7</v>
+      </c>
+      <c r="C106" t="s">
         <v>16</v>
       </c>
-      <c r="D91" s="2">
+      <c r="D106" s="2">
+        <v>33238</v>
+      </c>
+      <c r="E106" s="3">
+        <v>1990</v>
+      </c>
+      <c r="F106">
+        <v>3394.462140</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>6</v>
+      </c>
+      <c r="B107" t="s">
+        <v>7</v>
+      </c>
+      <c r="C107" t="s">
+        <v>16</v>
+      </c>
+      <c r="D107" s="2">
+        <v>36891</v>
+      </c>
+      <c r="E107" s="3">
+        <v>2000</v>
+      </c>
+      <c r="F107">
+        <v>9727.127042</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>6</v>
+      </c>
+      <c r="B108" t="s">
+        <v>7</v>
+      </c>
+      <c r="C108" t="s">
+        <v>16</v>
+      </c>
+      <c r="D108" s="2">
+        <v>38717</v>
+      </c>
+      <c r="E108" s="3">
+        <v>2005</v>
+      </c>
+      <c r="F108">
+        <v>13145.332354</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>6</v>
+      </c>
+      <c r="B109" t="s">
+        <v>7</v>
+      </c>
+      <c r="C109" t="s">
+        <v>16</v>
+      </c>
+      <c r="D109" s="2">
+        <v>40543</v>
+      </c>
+      <c r="E109" s="3">
+        <v>2010</v>
+      </c>
+      <c r="F109">
+        <v>13282.632876</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>6</v>
+      </c>
+      <c r="B110" t="s">
+        <v>7</v>
+      </c>
+      <c r="C110" t="s">
+        <v>16</v>
+      </c>
+      <c r="D110" s="2">
+        <v>42369</v>
+      </c>
+      <c r="E110" s="3">
+        <v>2015</v>
+      </c>
+      <c r="F110">
+        <v>14265.819397</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>6</v>
+      </c>
+      <c r="B111" t="s">
+        <v>7</v>
+      </c>
+      <c r="C111" t="s">
+        <v>16</v>
+      </c>
+      <c r="D111" s="2">
+        <v>42735</v>
+      </c>
+      <c r="E111" s="3">
+        <v>2016</v>
+      </c>
+      <c r="F111">
+        <v>14569.477054</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>6</v>
+      </c>
+      <c r="B112" t="s">
+        <v>7</v>
+      </c>
+      <c r="C112" t="s">
+        <v>16</v>
+      </c>
+      <c r="D112" s="2">
+        <v>43100</v>
+      </c>
+      <c r="E112" s="3">
+        <v>2017</v>
+      </c>
+      <c r="F112">
+        <v>14670.153036</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>6</v>
+      </c>
+      <c r="B113" t="s">
+        <v>7</v>
+      </c>
+      <c r="C113" t="s">
+        <v>16</v>
+      </c>
+      <c r="D113" s="2">
+        <v>43465</v>
+      </c>
+      <c r="E113" s="3">
+        <v>2018</v>
+      </c>
+      <c r="F113">
+        <v>13600.544068</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>6</v>
+      </c>
+      <c r="B114" t="s">
+        <v>7</v>
+      </c>
+      <c r="C114" t="s">
+        <v>16</v>
+      </c>
+      <c r="D114" s="2">
+        <v>43830</v>
+      </c>
+      <c r="E114" s="3">
+        <v>2019</v>
+      </c>
+      <c r="F114">
+        <v>12805.983831</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>6</v>
+      </c>
+      <c r="B115" t="s">
+        <v>7</v>
+      </c>
+      <c r="C115" t="s">
+        <v>16</v>
+      </c>
+      <c r="D115" s="2">
         <v>44196</v>
       </c>
-      <c r="E91" s="3">
+      <c r="E115" s="3">
         <v>2020</v>
       </c>
-      <c r="F91">
-        <v>13551.4</v>
+      <c r="F115">
+        <v>11959.466693</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>6</v>
+      </c>
+      <c r="B116" t="s">
+        <v>7</v>
+      </c>
+      <c r="C116" t="s">
+        <v>16</v>
+      </c>
+      <c r="D116" s="2">
+        <v>44561</v>
+      </c>
+      <c r="E116" s="3">
+        <v>2021</v>
+      </c>
+      <c r="F116">
+        <v>9896.495951</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>6</v>
+      </c>
+      <c r="B117" t="s">
+        <v>7</v>
+      </c>
+      <c r="C117" t="s">
+        <v>16</v>
+      </c>
+      <c r="D117" s="2">
+        <v>44926</v>
+      </c>
+      <c r="E117" s="3">
+        <v>2022</v>
+      </c>
+      <c r="F117">
+        <v>9587.689436</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>6</v>
+      </c>
+      <c r="B118" t="s">
+        <v>7</v>
+      </c>
+      <c r="C118" t="s">
+        <v>16</v>
+      </c>
+      <c r="D118" s="2">
+        <v>45291</v>
+      </c>
+      <c r="E118" s="3">
+        <v>2023</v>
+      </c>
+      <c r="F118">
+        <v>8959.140612</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>