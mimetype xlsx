--- v0 (2025-10-03)
+++ v1 (2026-02-17)
@@ -9,92 +9,98 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="14" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Sign</t>
   </si>
   <si>
     <t>Measure area</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>Utsläpp av växthusgaser per kategori</t>
   </si>
   <si>
     <t>SE.1.2.2</t>
   </si>
   <si>
-    <t>Livsmedel inkl. restaurang</t>
+    <t>Livsmedel och dryck (ej alkohol)</t>
   </si>
   <si>
     <t>Boende och möbler</t>
   </si>
   <si>
     <t>Transporter</t>
   </si>
   <si>
     <t>Kläder och skor</t>
   </si>
   <si>
     <t>Kultur, sport och fritid</t>
   </si>
   <si>
     <t>Övrigt</t>
+  </si>
+  <si>
+    <t>Tobak, alkohol och narkotika</t>
+  </si>
+  <si>
+    <t>Restaurang och hotell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <b/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -407,194 +413,234 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main">
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" topLeftCell="A1" zoomScaleNormal="100" zoomScaleSheetLayoutView="60" zoomScale="100" view="normal"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="40.14063" customWidth="1"/>
     <col min="2" max="2" width="9.421875" customWidth="1"/>
-    <col min="3" max="3" width="29.14063" customWidth="1"/>
+    <col min="3" max="3" width="35.14063" customWidth="1"/>
     <col min="4" max="4" width="12.71094" customWidth="1"/>
     <col min="5" max="5" width="6.140625" customWidth="1"/>
-    <col min="6" max="6" width="7.421875" customWidth="1"/>
+    <col min="6" max="6" width="11.71094" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customFormat="true" s="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="2">
-        <v>43830</v>
+        <v>44926</v>
       </c>
       <c r="E2" s="3">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="F2">
-        <v>1331</v>
+        <v>1064.7084</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="2">
-        <v>43830</v>
+        <v>44926</v>
       </c>
       <c r="E3" s="3">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="F3">
-        <v>1053</v>
+        <v>834.848</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2">
-        <v>43830</v>
+        <v>44926</v>
       </c>
       <c r="E4" s="3">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="F4">
-        <v>2419</v>
+        <v>1898.2214</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" s="2">
-        <v>43830</v>
+        <v>44926</v>
       </c>
       <c r="E5" s="3">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="F5">
-        <v>238</v>
+        <v>226.9604</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
         <v>7</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" s="2">
-        <v>43830</v>
+        <v>44926</v>
       </c>
       <c r="E6" s="3">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="F6">
-        <v>433</v>
+        <v>434.8344</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" s="2">
-        <v>43830</v>
+        <v>44926</v>
       </c>
       <c r="E7" s="3">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="F7">
-        <v>331</v>
+        <v>425.0783</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>6</v>
+      </c>
+      <c r="B8" t="s">
+        <v>7</v>
+      </c>
+      <c r="C8" t="s">
+        <v>14</v>
+      </c>
+      <c r="D8" s="2">
+        <v>44926</v>
+      </c>
+      <c r="E8" s="3">
+        <v>2022</v>
+      </c>
+      <c r="F8">
+        <v>98.4704</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>6</v>
+      </c>
+      <c r="B9" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" s="2">
+        <v>44926</v>
+      </c>
+      <c r="E9" s="3">
+        <v>2022</v>
+      </c>
+      <c r="F9">
+        <v>220.4653</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>