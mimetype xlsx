--- v0 (2025-10-03)
+++ v1 (2026-02-17)
@@ -9,86 +9,83 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Sign</t>
   </si>
   <si>
     <t>Measure area</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>Utsläpp av växthusgaser per invånare</t>
   </si>
   <si>
     <t>SE.1.2.1</t>
   </si>
   <si>
     <t>Södertälje</t>
   </si>
   <si>
     <t>Riket</t>
   </si>
   <si>
     <t>Stockholms läns kommuner (ovägt medel)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Större stad (ovägt medel)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <b/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -444,111 +441,331 @@
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="2">
         <v>43830</v>
       </c>
       <c r="E2" s="3">
         <v>2019</v>
       </c>
       <c r="F2">
-        <v>5804</v>
+        <v>5462</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D3" s="2">
-        <v>43830</v>
+        <v>44196</v>
       </c>
       <c r="E3" s="3">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="F3">
-        <v>6272</v>
+        <v>4440</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D4" s="2">
-        <v>43830</v>
+        <v>44561</v>
       </c>
       <c r="E4" s="3">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="F4">
-        <v>6590</v>
+        <v>4852</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D5" s="2">
+        <v>44926</v>
+      </c>
+      <c r="E5" s="3">
+        <v>2022</v>
+      </c>
+      <c r="F5">
+        <v>5204</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B6" t="s">
+        <v>7</v>
+      </c>
+      <c r="C6" t="s">
+        <v>8</v>
+      </c>
+      <c r="D6" s="2">
+        <v>45291</v>
+      </c>
+      <c r="E6" s="3">
+        <v>2023</v>
+      </c>
+      <c r="F6">
+        <v>5559</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7" t="s">
+        <v>7</v>
+      </c>
+      <c r="C7" t="s">
+        <v>9</v>
+      </c>
+      <c r="D7" s="2">
         <v>43830</v>
       </c>
-      <c r="E5" s="3">
+      <c r="E7" s="3">
         <v>2019</v>
       </c>
-      <c r="F5">
-        <v>6210</v>
+      <c r="F7">
+        <v>5987</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>6</v>
+      </c>
+      <c r="B8" t="s">
+        <v>7</v>
+      </c>
+      <c r="C8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D8" s="2">
+        <v>44196</v>
+      </c>
+      <c r="E8" s="3">
+        <v>2020</v>
+      </c>
+      <c r="F8">
+        <v>4865</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>6</v>
+      </c>
+      <c r="B9" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" t="s">
+        <v>9</v>
+      </c>
+      <c r="D9" s="2">
+        <v>44561</v>
+      </c>
+      <c r="E9" s="3">
+        <v>2021</v>
+      </c>
+      <c r="F9">
+        <v>5192</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>6</v>
+      </c>
+      <c r="B10" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="2">
+        <v>44926</v>
+      </c>
+      <c r="E10" s="3">
+        <v>2022</v>
+      </c>
+      <c r="F10">
+        <v>5562</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>6</v>
+      </c>
+      <c r="B11" t="s">
+        <v>7</v>
+      </c>
+      <c r="C11" t="s">
+        <v>9</v>
+      </c>
+      <c r="D11" s="2">
+        <v>45291</v>
+      </c>
+      <c r="E11" s="3">
+        <v>2023</v>
+      </c>
+      <c r="F11">
+        <v>5829</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>6</v>
+      </c>
+      <c r="B12" t="s">
+        <v>7</v>
+      </c>
+      <c r="C12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D12" s="2">
+        <v>43830</v>
+      </c>
+      <c r="E12" s="3">
+        <v>2019</v>
+      </c>
+      <c r="F12">
+        <v>6185</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>6</v>
+      </c>
+      <c r="B13" t="s">
+        <v>7</v>
+      </c>
+      <c r="C13" t="s">
+        <v>10</v>
+      </c>
+      <c r="D13" s="2">
+        <v>44196</v>
+      </c>
+      <c r="E13" s="3">
+        <v>2020</v>
+      </c>
+      <c r="F13">
+        <v>4907</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>6</v>
+      </c>
+      <c r="B14" t="s">
+        <v>7</v>
+      </c>
+      <c r="C14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" s="2">
+        <v>44561</v>
+      </c>
+      <c r="E14" s="3">
+        <v>2021</v>
+      </c>
+      <c r="F14">
+        <v>5255</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>6</v>
+      </c>
+      <c r="B15" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" s="2">
+        <v>44926</v>
+      </c>
+      <c r="E15" s="3">
+        <v>2022</v>
+      </c>
+      <c r="F15">
+        <v>5777</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>6</v>
+      </c>
+      <c r="B16" t="s">
+        <v>7</v>
+      </c>
+      <c r="C16" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" s="2">
+        <v>45291</v>
+      </c>
+      <c r="E16" s="3">
+        <v>2023</v>
+      </c>
+      <c r="F16">
+        <v>6087</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>