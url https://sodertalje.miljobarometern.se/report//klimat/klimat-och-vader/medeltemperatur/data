--- v0 (2025-10-03)
+++ v1 (2026-02-17)
@@ -1698,199 +1698,239 @@
       </c>
       <c r="B64" t="s">
         <v>7</v>
       </c>
       <c r="C64" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="2">
         <v>44926</v>
       </c>
       <c r="E64" s="3">
         <v>2022</v>
       </c>
       <c r="F64">
         <v>7.90833</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>6</v>
       </c>
       <c r="B65" t="s">
         <v>7</v>
       </c>
       <c r="C65" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D65" s="2">
-        <v>22281</v>
+        <v>45291</v>
       </c>
       <c r="E65" s="3">
-        <v>1960</v>
+        <v>2023</v>
       </c>
       <c r="F65">
-        <v>9.1417</v>
+        <v>7.3417</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>6</v>
       </c>
       <c r="B66" t="s">
         <v>7</v>
       </c>
       <c r="C66" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D66" s="2">
-        <v>44926</v>
+        <v>45657</v>
       </c>
       <c r="E66" s="3">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="F66">
-        <v>9.1417</v>
+        <v>8.0583</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>6</v>
       </c>
       <c r="B67" t="s">
         <v>7</v>
       </c>
       <c r="C67" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D67" s="2">
         <v>22281</v>
       </c>
       <c r="E67" s="3">
         <v>1960</v>
       </c>
       <c r="F67">
-        <v>4.5083</v>
+        <v>9.1417</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>6</v>
       </c>
       <c r="B68" t="s">
         <v>7</v>
       </c>
       <c r="C68" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D68" s="2">
-        <v>44926</v>
+        <v>45657</v>
       </c>
       <c r="E68" s="3">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="F68">
-        <v>4.5083</v>
+        <v>9.1417</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>6</v>
       </c>
       <c r="B69" t="s">
         <v>7</v>
       </c>
       <c r="C69" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D69" s="2">
         <v>22281</v>
       </c>
       <c r="E69" s="3">
         <v>1960</v>
       </c>
       <c r="F69">
-        <v>7.2</v>
+        <v>4.5083</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>6</v>
       </c>
       <c r="B70" t="s">
         <v>7</v>
       </c>
       <c r="C70" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D70" s="2">
-        <v>44926</v>
+        <v>45657</v>
       </c>
       <c r="E70" s="3">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="F70">
-        <v>7.2</v>
+        <v>4.5083</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>6</v>
       </c>
       <c r="B71" t="s">
         <v>7</v>
       </c>
       <c r="C71" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D71" s="2">
         <v>22281</v>
       </c>
       <c r="E71" s="3">
         <v>1960</v>
       </c>
       <c r="F71">
-        <v>6.3</v>
+        <v>7.2</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>6</v>
       </c>
       <c r="B72" t="s">
         <v>7</v>
       </c>
       <c r="C72" t="s">
+        <v>11</v>
+      </c>
+      <c r="D72" s="2">
+        <v>45657</v>
+      </c>
+      <c r="E72" s="3">
+        <v>2024</v>
+      </c>
+      <c r="F72">
+        <v>7.2</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>6</v>
+      </c>
+      <c r="B73" t="s">
+        <v>7</v>
+      </c>
+      <c r="C73" t="s">
         <v>12</v>
       </c>
-      <c r="D72" s="2">
-[...5 lines deleted...]
-      <c r="F72">
+      <c r="D73" s="2">
+        <v>22281</v>
+      </c>
+      <c r="E73" s="3">
+        <v>1960</v>
+      </c>
+      <c r="F73">
+        <v>6.3</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>6</v>
+      </c>
+      <c r="B74" t="s">
+        <v>7</v>
+      </c>
+      <c r="C74" t="s">
+        <v>12</v>
+      </c>
+      <c r="D74" s="2">
+        <v>45657</v>
+      </c>
+      <c r="E74" s="3">
+        <v>2024</v>
+      </c>
+      <c r="F74">
         <v>6.3</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>