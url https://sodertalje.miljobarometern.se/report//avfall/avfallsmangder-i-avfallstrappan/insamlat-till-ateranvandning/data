--- v0 (2025-10-17)
+++ v1 (2026-03-16)
@@ -429,157 +429,97 @@
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="2">
-        <v>42004</v>
+        <v>44926</v>
       </c>
       <c r="E2" s="3">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="F2">
-        <v>1.78</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="2">
-        <v>42369</v>
+        <v>45291</v>
       </c>
       <c r="E3" s="3">
-        <v>2015</v>
+        <v>2023</v>
       </c>
       <c r="F3">
-        <v>0.76</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
       <c r="C4" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="2">
-        <v>42735</v>
+        <v>45657</v>
       </c>
       <c r="E4" s="3">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="F4">
-        <v>1.27</v>
-[...59 lines deleted...]
-        <v>1.26</v>
+        <v>3.45</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>